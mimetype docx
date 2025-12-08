--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -295,50 +295,68 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">” – powiedział z okazji przyznania nagrody </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Igor Rusinowski</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, prezes zarządu Unilink Group, który wcześniej, podczas Konferencji Franczyza 2.0 pod tytułem „Ludzie, kapitał i technologia na ścieżce impactu”, wystąpił w panelu „Jak sfinansujesz wzrost? - Jak szukać kapitału i jak się do tego przygotować? + Jak odblokować wartość w Partnerstwie Founder – Inwestor”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="300"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" style="width:670px; height:540px; margin-left:0px; margin-top:0px; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+            <w10:wrap type="inline"/>
+            <v:imagedata r:id="rId8" o:title=""/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nagrodę w imieniu Unilink odebrał </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Tomasz Tobór</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -468,51 +486,51 @@
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>